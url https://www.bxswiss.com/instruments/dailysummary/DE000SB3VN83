--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e8a791342ef47c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfcd94d827974a30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91e2d3c064fb464f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb19eea25faa84e60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb723ee5b8cd7466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91e2d3c064fb464f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref23706cc6a241a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb19eea25faa84e60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>9,685</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,885</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>