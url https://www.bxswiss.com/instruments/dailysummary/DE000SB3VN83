--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfcd94d827974a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9549cf344ae44cf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb19eea25faa84e60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00e6b45581d94779"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref23706cc6a241a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb19eea25faa84e60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36e3adbd71de4b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00e6b45581d94779" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>9,245</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,205</x:t>
-[...571 lines deleted...]
-          <x:t>15,295</x:t>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>