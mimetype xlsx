--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9549cf344ae44cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f3925ba27014e93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00e6b45581d94779"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf71cb2f077ed4333"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36e3adbd71de4b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00e6b45581d94779" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e85caaf104248ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf71cb2f077ed4333" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>8,080</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>