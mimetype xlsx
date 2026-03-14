--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f3925ba27014e93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55c475f760974a01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf71cb2f077ed4333"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66dec102981b4ae1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e85caaf104248ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf71cb2f077ed4333" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2eec407989641ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66dec102981b4ae1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>