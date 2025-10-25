--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb90aef2523141b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea23640b1de24049" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9058411718474dcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4e571889c54824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c3d876214a14d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9058411718474dcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca09b0f10c0044bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4e571889c54824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Intesa SanPaolo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>