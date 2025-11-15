--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea23640b1de24049" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca41af04771494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4e571889c54824"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a9ccba61f843e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca09b0f10c0044bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4e571889c54824" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a799087325a4c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a9ccba61f843e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Intesa SanPaolo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>