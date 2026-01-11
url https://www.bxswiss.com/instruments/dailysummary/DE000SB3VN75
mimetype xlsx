--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca41af04771494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d874ca3dfa4f6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a9ccba61f843e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R541d8c69741242c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a799087325a4c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a9ccba61f843e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40e048fd95404716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R541d8c69741242c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Intesa SanPaolo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>101,515</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>