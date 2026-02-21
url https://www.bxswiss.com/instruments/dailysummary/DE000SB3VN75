--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d874ca3dfa4f6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R695ab763e6c643c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R541d8c69741242c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07bdc9d738474906"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40e048fd95404716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R541d8c69741242c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbbf4ce261384323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07bdc9d738474906" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Intesa SanPaolo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>124,640</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>