--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R695ab763e6c643c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0993c52a3ef4237" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07bdc9d738474906"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaec505ac4d349d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbbf4ce261384323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07bdc9d738474906" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R075444e2404046e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaec505ac4d349d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Intesa SanPaolo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>