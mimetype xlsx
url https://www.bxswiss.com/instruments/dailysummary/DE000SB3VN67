--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae1c11cc5ae4a0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1131becb29fb4bc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f45946cd5b4130"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b892e516b024e72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb2695c315384212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f45946cd5b4130" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra72f059434484d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b892e516b024e72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>52,680</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>