--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1131becb29fb4bc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b1e50aa96324751" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b892e516b024e72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810804437bed43f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra72f059434484d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b892e516b024e72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf3e23882abb4232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810804437bed43f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>