--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b1e50aa96324751" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bfd5ff62e454d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810804437bed43f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a4e8b35c89746f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf3e23882abb4232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810804437bed43f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R019003f6a32b4580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a4e8b35c89746f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>79,870</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>