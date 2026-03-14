--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bfd5ff62e454d39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26922fc1899c4612" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a4e8b35c89746f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b65b408765f4d6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R019003f6a32b4580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a4e8b35c89746f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R296ad0206ff94a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b65b408765f4d6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,860</x:t>
-[...522 lines deleted...]
-          <x:t>80,610</x:t>
+          <x:t>77,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>