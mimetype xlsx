--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474b46326c6647a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd5f7c428d664da7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra858b449953442de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ae05d3f7134856"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66d19a4ef2c643b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra858b449953442de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9441d68ed5534aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ae05d3f7134856" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Inditex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>6,095</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,085</x:t>
-[...65 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,755</x:t>
-[...286 lines deleted...]
-          <x:t>6,835</x:t>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,590</x:t>
-[...58 lines deleted...]
-          <x:t>8,105</x:t>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>