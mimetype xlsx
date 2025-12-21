--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd5f7c428d664da7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2b94887fa624792" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ae05d3f7134856"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd04435fe344175"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9441d68ed5534aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ae05d3f7134856" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0252dc6102764ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd04435fe344175" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Inditex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>7,735</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,720</x:t>
-[...286 lines deleted...]
-          <x:t>7,635</x:t>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,605</x:t>
-[...161 lines deleted...]
-          <x:t>8,900</x:t>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>