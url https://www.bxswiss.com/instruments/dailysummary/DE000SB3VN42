--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2b94887fa624792" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34367c8eb93344a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd04435fe344175"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d112e1a8c3f4c76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0252dc6102764ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd04435fe344175" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78537bbba01a4f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d112e1a8c3f4c76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Inditex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>