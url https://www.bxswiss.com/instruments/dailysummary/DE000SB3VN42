--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34367c8eb93344a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8f4b85aa876403f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d112e1a8c3f4c76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c97b374275464f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78537bbba01a4f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d112e1a8c3f4c76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R835afe6d2f3445e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c97b374275464f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Inditex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>14,645</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,900</x:t>
-[...222 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>14,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>16,900</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>16,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>