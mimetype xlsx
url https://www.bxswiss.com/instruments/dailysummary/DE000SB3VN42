--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8f4b85aa876403f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e5d9651b64b4412" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6c97b374275464f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c55625fad340bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R835afe6d2f3445e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6c97b374275464f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f28d1475a8f4eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c55625fad340bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Inditex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>15,060</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,060</x:t>
-[...529 lines deleted...]
-          <x:t>15,825</x:t>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,640</x:t>
-[...85 lines deleted...]
-          <x:t>16,935</x:t>
+          <x:t>17,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>