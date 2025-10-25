--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R208d3fc5b72a48d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R165480090d164132" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree00996b0003408a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d4b0f3b53ab418f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc64ca49f0aea40aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree00996b0003408a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0d401ccedb9407b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d4b0f3b53ab418f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Hochtief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>