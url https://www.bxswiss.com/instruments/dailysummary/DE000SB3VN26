--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R165480090d164132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8428072e0c5435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d4b0f3b53ab418f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8425ba4f1d684dc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0d401ccedb9407b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d4b0f3b53ab418f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aea4a85c02b4774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8425ba4f1d684dc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Hochtief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>21,160</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>