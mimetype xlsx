--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8428072e0c5435a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1ae52a8573b41ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8425ba4f1d684dc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc748c31db964e14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aea4a85c02b4774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8425ba4f1d684dc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8f6ef34c89743b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc748c31db964e14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Hochtief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>113,980</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>