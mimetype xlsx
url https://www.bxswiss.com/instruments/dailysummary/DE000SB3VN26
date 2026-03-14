--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1ae52a8573b41ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5973df9c437442a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc748c31db964e14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2314db95fa184682"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8f6ef34c89743b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc748c31db964e14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d0fd831b0db4a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2314db95fa184682" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Hochtief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>