--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb8c3e82076b4971" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80d7cbc2f513447e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef923322cec48ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ac116fce1c44df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe1bc6a3f20c4bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef923322cec48ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3316caec70234cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ac116fce1c44df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,405</x:t>
-[...16 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,780</x:t>
-[...166 lines deleted...]
-          <x:t>5,430</x:t>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>6,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>