--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80d7cbc2f513447e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R375e2e91ff2349b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ac116fce1c44df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4341f86c7140c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3316caec70234cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ac116fce1c44df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc9d696a184b484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4341f86c7140c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>5,240</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>5,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>5,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,305</x:t>
-[...479 lines deleted...]
-        <x:is>
           <x:t>6,195</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>6,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>