--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R375e2e91ff2349b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05187c962cd44b4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4341f86c7140c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8821b8a01924edf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc9d696a184b484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4341f86c7140c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R197329a8956646da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8821b8a01924edf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>7,090</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,125</x:t>
-[...16 lines deleted...]
-          <x:t>5,630</x:t>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>6,380</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>6,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,615</x:t>
-[...355 lines deleted...]
-          <x:t>6,195</x:t>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>