--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05187c962cd44b4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2630d115d3b46c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8821b8a01924edf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4c921f3f84c4c80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R197329a8956646da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8821b8a01924edf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6f530c141444674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4c921f3f84c4c80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,780</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,560</x:t>
-[...598 lines deleted...]
-          <x:t>6,795</x:t>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>