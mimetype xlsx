--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2630d115d3b46c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra001afcca87a4478" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4c921f3f84c4c80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc686a9034f47aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6f530c141444674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4c921f3f84c4c80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3adc6063fdfe4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc686a9034f47aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>