--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra001afcca87a4478" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R436c279123ef4624" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc686a9034f47aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d400e3721b74796"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3adc6063fdfe4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc686a9034f47aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21d0b6f37fa24d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d400e3721b74796" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>4,335</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>