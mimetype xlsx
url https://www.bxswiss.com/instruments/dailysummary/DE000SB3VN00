--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07e33663853a46b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4beb68f75c44b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbefb89ec70344e17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ffa3643c66b486c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85f6b019d2fd4849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbefb89ec70344e17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e33e7d55b15450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ffa3643c66b486c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Freenet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>10,600</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,275</x:t>
-[...70 lines deleted...]
-          <x:t>9,745</x:t>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,105</x:t>
-        </x:is>
-[...219 lines deleted...]
-          <x:t>8,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>