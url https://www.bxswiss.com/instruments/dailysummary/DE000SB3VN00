--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4beb68f75c44b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ceb0225d6b94b14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ffa3643c66b486c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca783a691bcd42d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e33e7d55b15450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ffa3643c66b486c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c4ca632bd7540ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca783a691bcd42d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Freenet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>9,055</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,900</x:t>
-[...598 lines deleted...]
-          <x:t>9,105</x:t>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>