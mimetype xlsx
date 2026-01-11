--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ceb0225d6b94b14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85bcd70043634dfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca783a691bcd42d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra51ed89c1da146d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c4ca632bd7540ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca783a691bcd42d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa1c5d2d2e4b4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra51ed89c1da146d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Freenet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,554 +149,149 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>10,265</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...263 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,220</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>