--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85bcd70043634dfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c4271a8fde640dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra51ed89c1da146d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80b27146b60e40f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa1c5d2d2e4b4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra51ed89c1da146d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b6e34e1d3fb4ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80b27146b60e40f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Freenet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>12,710</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>