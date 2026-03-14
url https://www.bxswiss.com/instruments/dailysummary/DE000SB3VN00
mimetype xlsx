--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c4271a8fde640dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91286a23bfce4c28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80b27146b60e40f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf554fc71b25e4b3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b6e34e1d3fb4ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80b27146b60e40f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb0431a9bd8a4662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf554fc71b25e4b3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Freenet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VN00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>