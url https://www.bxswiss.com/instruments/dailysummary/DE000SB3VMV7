--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra75b1e9200854e33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6a9573bca304e39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d944b6dfa934c11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R961629a7ca47467a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R833f1032b3e54293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d944b6dfa934c11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcae7f3e454614553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R961629a7ca47467a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Siemens Healthineers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VMV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,449</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,447</x:t>
-[...60 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,419</x:t>
-[...107 lines deleted...]
-          <x:t>0,386</x:t>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,382</x:t>
-[...431 lines deleted...]
-          <x:t>0,390</x:t>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>