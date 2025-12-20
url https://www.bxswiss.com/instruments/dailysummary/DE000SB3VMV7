--- v1 (2025-10-27)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6a9573bca304e39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1826bc9d3e964de6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R961629a7ca47467a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f9e1c509e7143e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcae7f3e454614553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R961629a7ca47467a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2b80c4ab30545a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f9e1c509e7143e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Siemens Healthineers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VMV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,549</x:t>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,498</x:t>
-[...21 lines deleted...]
-          <x:t>0,464</x:t>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,474</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,474</x:t>
-[...31 lines deleted...]
-          <x:t>0,438</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,444</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,411</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
-        </x:is>
-[...457 lines deleted...]
-          <x:t>0,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>