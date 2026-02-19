--- v2 (2025-12-20)
+++ v3 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1826bc9d3e964de6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a984389d0eb40cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f9e1c509e7143e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e2b54807c5549f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2b80c4ab30545a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f9e1c509e7143e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R999b69b8fb74492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e2b54807c5549f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Siemens Healthineers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VMV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,554</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,548</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,509</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>28.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,506</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,507</x:t>
-[...178 lines deleted...]
-          <x:t>0,498</x:t>
+          <x:t>0,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,466</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>0,472</x:t>
-        </x:is>
-[...148 lines deleted...]
-          <x:t>0,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>