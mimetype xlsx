--- v3 (2026-02-19)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a984389d0eb40cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra556866a504b4245" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e2b54807c5549f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c8ed3fbfb034691"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R999b69b8fb74492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e2b54807c5549f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1fb46a3cfb84c0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c8ed3fbfb034691" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Siemens Healthineers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VMV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,417</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,414</x:t>
-[...43 lines deleted...]
-          <x:t>0,419</x:t>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,419</x:t>
-[...80 lines deleted...]
-          <x:t>0,454</x:t>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,481</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>0,479</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,447</x:t>
-[...247 lines deleted...]
-          <x:t>0,472</x:t>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>