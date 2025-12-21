--- v0 (2025-10-26)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95278263bd504389" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56225e2a30d14161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9bd4606a6ce4a00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0254653bec54ec6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc18f1f9856c140a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9bd4606a6ce4a00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb38f2236816b4e90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0254653bec54ec6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VML8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,412</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,414</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,401</x:t>
-[...360 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>