--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56225e2a30d14161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4967b6aa61cc449a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0254653bec54ec6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c0330cba3c84df7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb38f2236816b4e90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0254653bec54ec6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R398fdc8e82204f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c0330cba3c84df7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VML8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,380</x:t>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,342</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,376</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,358</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>24.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,346</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>0,362</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>