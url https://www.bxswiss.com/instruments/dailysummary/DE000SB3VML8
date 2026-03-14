--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4967b6aa61cc449a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd266f9caed94614" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c0330cba3c84df7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb307b0375bf41fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R398fdc8e82204f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c0330cba3c84df7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bfd122ef05d4ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb307b0375bf41fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VML8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,448 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>0,393</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,349</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>0,346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,188</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>