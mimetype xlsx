--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re310e2ef2d3847d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9e8c1e70e3a45aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc52a8a988d714d1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad84e2d3eab24fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694b7da2cfaa4cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc52a8a988d714d1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fcf5eeaaa2b497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad84e2d3eab24fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Evonik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VMB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,450</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>