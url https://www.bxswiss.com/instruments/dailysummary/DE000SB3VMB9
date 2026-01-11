--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9e8c1e70e3a45aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f9dac0dff54ca0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad84e2d3eab24fa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc88ebb947540bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fcf5eeaaa2b497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad84e2d3eab24fa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8ddd85e1b664dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc88ebb947540bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Evonik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VMB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,475</x:t>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,460</x:t>
-[...75 lines deleted...]
-          <x:t>2,190</x:t>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>24.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,390</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>2,285</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>2,305</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>