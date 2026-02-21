--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f9dac0dff54ca0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3221f0f183642bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc88ebb947540bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc59c315d3974a34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8ddd85e1b664dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc88ebb947540bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea6bc5d632c3419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc59c315d3974a34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Evonik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VMB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,215</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,155</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>2,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,330</x:t>
-[...31 lines deleted...]
-          <x:t>2,120</x:t>
+          <x:t>2,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,235</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,155</x:t>
-[...134 lines deleted...]
-          <x:t>2,165</x:t>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>