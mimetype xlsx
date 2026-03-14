--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3221f0f183642bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4ed72499c1146ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc59c315d3974a34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R661795a96d2646c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea6bc5d632c3419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc59c315d3974a34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7398bcf60084591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R661795a96d2646c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Evonik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VMB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>1,455</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,510</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,480</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,275</x:t>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,355</x:t>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,210</x:t>
-[...269 lines deleted...]
-          <x:t>1,035</x:t>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>