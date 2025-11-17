--- v0 (2025-10-27)
+++ v1 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fc208d8a62943e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd43018c3d0f04604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89cf26ac4e914ae1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57f8ab1d5bb844e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd94d8b4c806a4eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89cf26ac4e914ae1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f1935ad80074623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57f8ab1d5bb844e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,303</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>0,432</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,358</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,437</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,444</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,353</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>