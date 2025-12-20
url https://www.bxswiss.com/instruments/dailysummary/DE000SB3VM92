--- v1 (2025-11-17)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd43018c3d0f04604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dbae1080d644283" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57f8ab1d5bb844e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8be6ac486e1e440d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f1935ad80074623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57f8ab1d5bb844e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd364ae60d53145c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8be6ac486e1e440d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,313</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,294</x:t>
-[...242 lines deleted...]
-          <x:t>0,337</x:t>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,348</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>0,342</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,311</x:t>
-[...43 lines deleted...]
-          <x:t>0,376</x:t>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,348</x:t>
-[...112 lines deleted...]
-          <x:t>0,379</x:t>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>