--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dbae1080d644283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91edeeb8b5044d58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8be6ac486e1e440d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R063c7945e9b3491f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd364ae60d53145c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8be6ac486e1e440d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2940b36213c44028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R063c7945e9b3491f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>0,634</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>0,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,679</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>