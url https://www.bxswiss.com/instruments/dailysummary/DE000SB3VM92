--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91edeeb8b5044d58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438a0c06d9184d8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R063c7945e9b3491f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R597fd637a35d4ecb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2940b36213c44028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R063c7945e9b3491f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5893592fd5474f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R597fd637a35d4ecb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,866</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>