--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf46bbb268754067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff09757724747c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82bee952a9934a5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4db300966fd4d77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb393d6157424bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82bee952a9934a5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3329b3939dfc4227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4db300966fd4d77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Anheuser-Busch InBev</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,092</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,099</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,100</x:t>
-[...97 lines deleted...]
-          <x:t>0,102</x:t>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,102</x:t>
-[...259 lines deleted...]
-          <x:t>0,110</x:t>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,107</x:t>
-[...161 lines deleted...]
-          <x:t>0,116</x:t>
+          <x:t>0,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>