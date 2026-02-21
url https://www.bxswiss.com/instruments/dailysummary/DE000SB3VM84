--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff09757724747c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ce9a93a17a40e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4db300966fd4d77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26426523c38248dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3329b3939dfc4227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4db300966fd4d77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b843f5212954049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26426523c38248dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Anheuser-Busch InBev</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,152</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>