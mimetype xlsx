--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ce9a93a17a40e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a4b18f0d43549d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26426523c38248dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103de09364004d6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b843f5212954049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26426523c38248dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d0b237713b40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103de09364004d6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Anheuser-Busch InBev</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>0,196</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,195</x:t>
-[...409 lines deleted...]
-          <x:t>0,362</x:t>
+          <x:t>0,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>