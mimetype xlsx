--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a67dc4cf89a48f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6e49881c36e4bfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98107f172a514ed1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R218fd33483b54f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1d6a2d814a94736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98107f172a514ed1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a8030259b6047d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R218fd33483b54f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Allianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>