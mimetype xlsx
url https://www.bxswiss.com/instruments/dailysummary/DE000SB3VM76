--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6e49881c36e4bfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed6ed8a92694d04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R218fd33483b54f05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a0a21c7c224605"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a8030259b6047d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R218fd33483b54f05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1b9abbe2ec6402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a0a21c7c224605" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Allianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>