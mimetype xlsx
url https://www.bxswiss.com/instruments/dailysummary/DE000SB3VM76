--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed6ed8a92694d04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56bc6a186b03402a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a0a21c7c224605"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9017ed14d3b742b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1b9abbe2ec6402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a0a21c7c224605" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3efee2919f8470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9017ed14d3b742b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Allianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>67,765</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>