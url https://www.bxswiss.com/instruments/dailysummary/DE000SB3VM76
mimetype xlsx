--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56bc6a186b03402a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R217dfcfe3e93471f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9017ed14d3b742b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc75c4a48428f4e4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3efee2919f8470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9017ed14d3b742b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refe3f16621774e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc75c4a48428f4e4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Allianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>