--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R217dfcfe3e93471f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9802061a3a3a481d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc75c4a48428f4e4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10081f00fd4f45cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refe3f16621774e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc75c4a48428f4e4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2232df15d04704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10081f00fd4f45cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Allianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>85,800</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>