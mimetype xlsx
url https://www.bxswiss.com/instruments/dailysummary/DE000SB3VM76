--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9802061a3a3a481d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3990fc4227a643db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10081f00fd4f45cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R479676b9778d4ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2232df15d04704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10081f00fd4f45cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62b6687d3e644cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R479676b9778d4ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Allianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>65,050</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,195</x:t>
-[...413 lines deleted...]
-        <x:is>
           <x:t>73,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>