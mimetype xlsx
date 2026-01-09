--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2feadfadb0c4224" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b33affd95a34046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a91c469ce074853"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc800cecbf0074168"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf05cf1502a354e25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a91c469ce074853" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e122766a554a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc800cecbf0074168" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,575</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,545</x:t>
-[...92 lines deleted...]
-          <x:t>1,695</x:t>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>1,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,985</x:t>
-[...11 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,245</x:t>
-[...306 lines deleted...]
-          <x:t>2,225</x:t>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>