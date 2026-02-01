--- v1 (2026-01-09)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b33affd95a34046" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf4238eb27d4e16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc800cecbf0074168"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd385bb34d2b4657"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e122766a554a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc800cecbf0074168" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf496319eb92849fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd385bb34d2b4657" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,265</x:t>
-[...48 lines deleted...]
-          <x:t>1,255</x:t>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,210</x:t>
-[...377 lines deleted...]
-          <x:t>2,215</x:t>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>