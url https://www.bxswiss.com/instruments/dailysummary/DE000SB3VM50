--- v2 (2026-02-01)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf4238eb27d4e16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53639ab35bf1464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd385bb34d2b4657"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12f929631e9c45da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf496319eb92849fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd385bb34d2b4657" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3acabdfd261844b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12f929631e9c45da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...391 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,460</x:t>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>