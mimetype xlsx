--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53639ab35bf1464c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bd77b71cb8849bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12f929631e9c45da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77480184051d4cc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3acabdfd261844b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12f929631e9c45da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58efaa1a58ab48ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77480184051d4cc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>1,260</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>