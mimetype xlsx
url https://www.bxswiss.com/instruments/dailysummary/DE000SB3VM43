--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R798ebc3d3fef4993" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra14e860e20da494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b9f87df17c43b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe44ce2d9360485d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ed618a4c8ef48d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b9f87df17c43b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae5df7ce29cb427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe44ce2d9360485d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Aegon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,275</x:t>
-[...26 lines deleted...]
-          <x:t>2,295</x:t>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,280</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>1,490</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>