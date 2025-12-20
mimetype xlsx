--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra14e860e20da494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R918b4b4cb0a24418" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe44ce2d9360485d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2bc2064e3074e11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae5df7ce29cb427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe44ce2d9360485d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5a93cff7dec45b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2bc2064e3074e11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Aegon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,010</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,075</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>2,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,620</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,295</x:t>
-[...539 lines deleted...]
-          <x:t>1,945</x:t>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>