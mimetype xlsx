--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R918b4b4cb0a24418" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51c30f232699409d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2bc2064e3074e11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R809df825d6314b6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5a93cff7dec45b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2bc2064e3074e11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R966188de91fb4752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R809df825d6314b6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Aegon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>