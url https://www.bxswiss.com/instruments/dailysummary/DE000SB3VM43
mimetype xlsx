--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51c30f232699409d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8492ba3b3be4beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R809df825d6314b6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab9bc260837435f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R966188de91fb4752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R809df825d6314b6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3fe8f9c55f54c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab9bc260837435f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Aegon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>0,963</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>1,080</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>