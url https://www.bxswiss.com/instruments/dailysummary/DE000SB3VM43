--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8492ba3b3be4beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf94cc9810b07467f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab9bc260837435f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R980ae5cb779044cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3fe8f9c55f54c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab9bc260837435f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc19b621a3bde4581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R980ae5cb779044cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Aegon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VM43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
-[...31 lines deleted...]
-          <x:t>0,955</x:t>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,958</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,977</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,711</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>