--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b94d4d7b3694beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8baae00961594113" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc909c2b76864db4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fc205bbac6848d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4690ac8d35c14181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc909c2b76864db4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1fe6f54fb144d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fc205bbac6848d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Vinci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>20,540</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,520</x:t>
-[...141 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>22,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,225</x:t>
-[...360 lines deleted...]
-          <x:t>20,870</x:t>
+          <x:t>23,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>