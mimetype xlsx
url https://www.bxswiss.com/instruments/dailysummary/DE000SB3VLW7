--- v1 (2025-10-27)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8baae00961594113" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff66b71e666040b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fc205bbac6848d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9349af8657784d72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1fe6f54fb144d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fc205bbac6848d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19d02924d6004083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9349af8657784d72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Vinci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>20,630</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,100</x:t>
-[...178 lines deleted...]
-          <x:t>21,145</x:t>
+          <x:t>18,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,025</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>20,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,250</x:t>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>