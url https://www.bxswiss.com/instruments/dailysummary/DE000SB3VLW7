--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff66b71e666040b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca36eb5dc890477f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9349af8657784d72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R038a21b412704f49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19d02924d6004083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9349af8657784d72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606148372aa844d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R038a21b412704f49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Vinci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>19,585</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,780</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>18,630</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,630</x:t>
-[...296 lines deleted...]
-          <x:t>21,745</x:t>
+          <x:t>21,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>21,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>