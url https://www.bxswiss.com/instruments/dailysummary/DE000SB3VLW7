--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca36eb5dc890477f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020833075a694420" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R038a21b412704f49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dcb61190a5e4247"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606148372aa844d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R038a21b412704f49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red8bd24bc77244e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dcb61190a5e4247" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Vinci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>21,325</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>