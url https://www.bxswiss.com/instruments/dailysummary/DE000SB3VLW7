--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020833075a694420" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13168e88a5794a53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dcb61190a5e4247"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raab7cab638714e9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red8bd24bc77244e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dcb61190a5e4247" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50204c1575b439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raab7cab638714e9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Vinci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>