--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13168e88a5794a53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5276bc6a1dfe4f82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raab7cab638714e9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23032e84da2b4626"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50204c1575b439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raab7cab638714e9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b48c70d20e4a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23032e84da2b4626" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Vinci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>