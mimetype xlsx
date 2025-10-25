--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81243e3784784bb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R570ba609d54742dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106c28a2686f4ebc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref0bdbd900f4433a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95ae35942e1b4f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106c28a2686f4ebc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1c3d65df7d24370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref0bdbd900f4433a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Unilever</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,930</x:t>
-[...360 lines deleted...]
-          <x:t>9,065</x:t>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>