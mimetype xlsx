--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbafa12d51c5c4631" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9222a52ceb54e54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f6fa907c2674a6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd2f3e0023a748ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94d9a2f43e2e4990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f6fa907c2674a6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbed8a1381a8d4504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd2f3e0023a748ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.156,725</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.326,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.332,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.546,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.646,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.527,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.445,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.514,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.903,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.735,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.946,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.033,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.033,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.041,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.060,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.967,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.052,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.001,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.057,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.960,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.985,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>