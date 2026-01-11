--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9222a52ceb54e54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raee168553f3e48d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd2f3e0023a748ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7952e66c2e3149b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbed8a1381a8d4504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd2f3e0023a748ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a67eab8fb564b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7952e66c2e3149b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.530,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.640,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.529,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.625,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.001,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.057,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.960,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.985,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.986,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.011,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.949,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.965,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.949,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.047,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.041,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.292,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.292,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.008,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.084,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.126,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.282,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.028,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.030,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.050,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.086,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.962,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.983,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.030,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.023,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.053,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.053,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.008,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>