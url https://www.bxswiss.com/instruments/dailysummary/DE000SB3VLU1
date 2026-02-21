--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raee168553f3e48d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a2c657ef58842d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7952e66c2e3149b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c981f4b08d04b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a67eab8fb564b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7952e66c2e3149b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b52397839554f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c981f4b08d04b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>2.008,385</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.008,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.072,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.987,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.033,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.004,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.031,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.977,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.040,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.175,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.991,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.171,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.153,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.153,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.034,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.077,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.091,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.187,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.091,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.144,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.177,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.367,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.177,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.349,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.353,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.353,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.085,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.118,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.145,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.186,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.048,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.087,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.111,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.276,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.111,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.222,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.164,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.448,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.140,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.430,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.487,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.724,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.487,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.639,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.687,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.771,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.603,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.632,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.597,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.626,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.104,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.175,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.129,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.315,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.129,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.220,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.505,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.888,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.478,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.828,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.949,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.969,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.553,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.555,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.613,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.624,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.255,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.266,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.318,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.450,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.189,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.203,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.213,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.233,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.931,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.050,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.061,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.044,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.099,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.231,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.074,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.231,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.237,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.270,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.970,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.030,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.217,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.000,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.107,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>