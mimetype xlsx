--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a2c657ef58842d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14a833dd19784644" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c981f4b08d04b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R822c8a9ba71644c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b52397839554f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c981f4b08d04b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf517cb00975445f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R822c8a9ba71644c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.949,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.969,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.553,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.555,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.030,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.217,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.000,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.107,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.133,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.297,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.095,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.123,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.027,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.027,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.885,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.994,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.014,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.136,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.014,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.121,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.120,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.142,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.059,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.095,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.080,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.145,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.926,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.547,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.560,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.342,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.578,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.333,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>