--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R388733c854e446b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce6e53d063d4cc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72c0e51d9be54deb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dfc10f859de404d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc1342ae9a44883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72c0e51d9be54deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e951488bb3b45f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dfc10f859de404d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,035</x:t>
-[...70 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>29,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>27,540</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>