--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce6e53d063d4cc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8053cef7efb74563" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dfc10f859de404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c5c49c4bf44be2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e951488bb3b45f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dfc10f859de404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e0a4ba2c6b4ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c5c49c4bf44be2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>32,735</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>