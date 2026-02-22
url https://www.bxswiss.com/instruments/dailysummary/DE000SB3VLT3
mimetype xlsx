--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8053cef7efb74563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9feb19d310af472f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c5c49c4bf44be2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe2bb0fdac8e4660"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e0a4ba2c6b4ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c5c49c4bf44be2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0631177ec81a4659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe2bb0fdac8e4660" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>37,190</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>