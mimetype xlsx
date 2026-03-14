--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9feb19d310af472f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674b855312cd4e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe2bb0fdac8e4660"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf35bf34021b4ca9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0631177ec81a4659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe2bb0fdac8e4660" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R767fc8dfbab840ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf35bf34021b4ca9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on TotalEnergies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>