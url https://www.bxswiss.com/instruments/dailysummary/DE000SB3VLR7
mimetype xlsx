--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R031e5c3c32d54e8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53da3f937afb465a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833b985279c84514"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra255984832014f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R149ed79fd938433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833b985279c84514" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02e111c6976449a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra255984832014f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>15,865</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>