--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53da3f937afb465a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R928ec8a090b245ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra255984832014f73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06313a4d6235405c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02e111c6976449a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra255984832014f73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b94e5444ca4465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06313a4d6235405c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>5,305</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,180</x:t>
-[...291 lines deleted...]
-          <x:t>5,400</x:t>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,235</x:t>
-[...286 lines deleted...]
-          <x:t>4,925</x:t>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,645</x:t>
+          <x:t>4,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>