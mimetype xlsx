--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R928ec8a090b245ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b19cdbdbea84482" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06313a4d6235405c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re712847305a0431a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b94e5444ca4465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06313a4d6235405c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf850f862b664b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re712847305a0431a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,190</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,070</x:t>
-[...43 lines deleted...]
-          <x:t>5,420</x:t>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,350</x:t>
-[...92 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,055</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>4,510</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>