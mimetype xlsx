--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b19cdbdbea84482" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9987d75ce27b4995" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re712847305a0431a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c71d68fb1446b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf850f862b664b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re712847305a0431a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14febd5558794377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c71d68fb1446b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>4,080</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,215</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>4,930</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>