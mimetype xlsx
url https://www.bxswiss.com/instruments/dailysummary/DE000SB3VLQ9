--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a1f32fd65b4f09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4637dc32567846b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc303cefb62734b97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4d73117769b4a74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5ac02bae9684a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc303cefb62734b97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aacfb7e25f94422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4d73117769b4a74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Societe Generale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>