--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4637dc32567846b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4cf2b1ab8b4bce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4d73117769b4a74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8938151e59e74788"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aacfb7e25f94422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4d73117769b4a74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38bb4b4afb984deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8938151e59e74788" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Societe Generale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,225</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>95,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>