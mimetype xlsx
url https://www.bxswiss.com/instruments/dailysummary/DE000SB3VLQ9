--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4cf2b1ab8b4bce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9091a760b94549b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8938151e59e74788"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R502046a1bdff4a5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38bb4b4afb984deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8938151e59e74788" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re580c349d1004b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R502046a1bdff4a5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Societe Generale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,610</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>