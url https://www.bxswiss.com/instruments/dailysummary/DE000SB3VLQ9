--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9091a760b94549b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R322677395a254be7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R502046a1bdff4a5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R687bb665ba494e91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re580c349d1004b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R502046a1bdff4a5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc30155c1d2244ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R687bb665ba494e91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Societe Generale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>