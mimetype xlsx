--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R322677395a254be7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c63d8e117b04c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R687bb665ba494e91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce2e8c7069646af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc30155c1d2244ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R687bb665ba494e91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69a51c8977aa46f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce2e8c7069646af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Societe Generale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>231,115</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>