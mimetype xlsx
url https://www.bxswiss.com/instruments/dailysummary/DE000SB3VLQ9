--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c63d8e117b04c99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc61163976204baa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce2e8c7069646af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338f81b862cb4be0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69a51c8977aa46f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce2e8c7069646af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3ef16aba59e414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338f81b862cb4be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Societe Generale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>