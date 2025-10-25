--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95892e9a2e524791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf98747429c844201" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6bdfcfcc1114a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R477deade9ab4401d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e18a2258b5e40dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6bdfcfcc1114a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8494e00beb244a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R477deade9ab4401d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Schneider Electric</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>