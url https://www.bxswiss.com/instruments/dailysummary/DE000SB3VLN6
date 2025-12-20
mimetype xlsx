--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf98747429c844201" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a3b055193384a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R477deade9ab4401d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd592da8bec94989"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8494e00beb244a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R477deade9ab4401d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra465825c7c834db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd592da8bec94989" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Schneider Electric</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>58,240</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>