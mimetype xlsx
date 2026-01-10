--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a3b055193384a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b65e43b6034045" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd592da8bec94989"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R190b7c1153844597"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra465825c7c834db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd592da8bec94989" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5ac6be066d46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R190b7c1153844597" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Schneider Electric</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>43,860</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,670</x:t>
-[...173 lines deleted...]
-          <x:t>43,960</x:t>
+          <x:t>39,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,865</x:t>
-[...85 lines deleted...]
-          <x:t>40,905</x:t>
+          <x:t>37,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>