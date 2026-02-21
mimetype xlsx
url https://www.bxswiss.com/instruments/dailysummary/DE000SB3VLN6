--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b65e43b6034045" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra382f4ef3c7f48b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R190b7c1153844597"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f87ab5b4f44e48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5ac6be066d46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R190b7c1153844597" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddb484930db74aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f87ab5b4f44e48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Schneider Electric</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>45,020</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>38,980</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>