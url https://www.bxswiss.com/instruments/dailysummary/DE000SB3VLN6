--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra382f4ef3c7f48b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01faa4a128614d1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f87ab5b4f44e48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f36c9fcfa674181"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddb484930db74aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f87ab5b4f44e48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf66f48d6c07d4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f36c9fcfa674181" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Schneider Electric</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>