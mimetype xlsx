--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a00a5a625024bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc82f2b37db1e4944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75e301e8c3f64eb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5542ab68b01e4230"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d3a34fb7723467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75e301e8c3f64eb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf2af341bb91432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5542ab68b01e4230" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,880</x:t>
-[...386 lines deleted...]
-        <x:is>
           <x:t>79,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>