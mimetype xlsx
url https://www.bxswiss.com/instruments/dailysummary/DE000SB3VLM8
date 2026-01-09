--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc82f2b37db1e4944" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc4b7940decc4423" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5542ab68b01e4230"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf77833bf8d984095"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf2af341bb91432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5542ab68b01e4230" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb43943be6cce4b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf77833bf8d984095" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>74,450</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>79,110</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>97,210</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>