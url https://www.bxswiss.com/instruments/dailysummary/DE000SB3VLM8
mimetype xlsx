--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc4b7940decc4423" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c82ffda1d7b4187" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf77833bf8d984095"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c6bcd179b14ac4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb43943be6cce4b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf77833bf8d984095" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4df38e52bd8443bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c6bcd179b14ac4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>