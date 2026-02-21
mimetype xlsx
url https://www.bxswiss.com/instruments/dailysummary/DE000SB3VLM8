--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c82ffda1d7b4187" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9eff6f8707a47dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c6bcd179b14ac4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eeafca86f5b462d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4df38e52bd8443bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c6bcd179b14ac4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3861f22e0aeb4075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eeafca86f5b462d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>80,085</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,085</x:t>
-[...188 lines deleted...]
-          <x:t>73,135</x:t>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>