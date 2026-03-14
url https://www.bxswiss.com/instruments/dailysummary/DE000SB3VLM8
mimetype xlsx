--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9eff6f8707a47dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1cecdd9d2994e12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eeafca86f5b462d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R820ecf30d6f54bd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3861f22e0aeb4075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eeafca86f5b462d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b2cff5b29084677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R820ecf30d6f54bd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,608 +149,203 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>84,855</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,920</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...317 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,145</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>