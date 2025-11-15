--- v0 (2025-10-03)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb21b74d2dac74909" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree2ee71f12d64ab0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98ce6995a62f4810"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb87fca037de6419a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf31de78a49641dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98ce6995a62f4810" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba50d48590924894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb87fca037de6419a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Repsol</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>40,930</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,230</x:t>
-[...75 lines deleted...]
-          <x:t>41,500</x:t>
+          <x:t>39,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>53,425</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>47,305</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>