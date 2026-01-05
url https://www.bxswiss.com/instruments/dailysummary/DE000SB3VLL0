--- v1 (2025-11-15)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree2ee71f12d64ab0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd1e374324f34d54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb87fca037de6419a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R606e3559eaa54eda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba50d48590924894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb87fca037de6419a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fbcf9c6313d4c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R606e3559eaa54eda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Repsol</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...220 lines deleted...]
-          <x:t>48,055</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>72,415</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>