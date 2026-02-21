--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd1e374324f34d54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3708b146384845a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R606e3559eaa54eda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b7226cc624f4e50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fbcf9c6313d4c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R606e3559eaa54eda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb0ec1d927524907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b7226cc624f4e50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Repsol</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>53,370</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>