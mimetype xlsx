--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3708b146384845a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19c0a55450874e75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b7226cc624f4e50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f57ce0def5e44ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb0ec1d927524907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b7226cc624f4e50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f6e2fd164154b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f57ce0def5e44ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Repsol</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>