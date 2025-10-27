--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d39e1174204683" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e3c8837642145a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd2d0af9b3a4de2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde718b07918f4be6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1661156f61ce45e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd2d0af9b3a4de2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4b9b857f2be4686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde718b07918f4be6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Renault</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,509</x:t>
-[...21 lines deleted...]
-          <x:t>0,478</x:t>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,484</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>0,523</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,508</x:t>
-[...43 lines deleted...]
-          <x:t>0,546</x:t>
+          <x:t>0,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,489</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>0,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>