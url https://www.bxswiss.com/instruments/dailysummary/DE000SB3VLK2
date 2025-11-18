--- v1 (2025-10-27)
+++ v2 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e3c8837642145a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1451ae12bb84fce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde718b07918f4be6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65ebcf03fabe4669"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4b9b857f2be4686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde718b07918f4be6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ece1ce6fb74489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65ebcf03fabe4669" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Renault</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,587</x:t>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,551</x:t>
-[...11 lines deleted...]
-          <x:t>0,552</x:t>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...65 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,537</x:t>
-        </x:is>
-[...472 lines deleted...]
-          <x:t>0,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>