--- v2 (2025-11-18)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1451ae12bb84fce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f4666f3a4034d60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65ebcf03fabe4669"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d852cb89ce44b15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ece1ce6fb74489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65ebcf03fabe4669" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d7616e24f874c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d852cb89ce44b15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Renault</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,426</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,523</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,523</x:t>
-[...11 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,517</x:t>
-[...367 lines deleted...]
-          <x:t>0,492</x:t>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,482</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>0,514</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,537</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>