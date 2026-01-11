--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f4666f3a4034d60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bd2dd2b7c6b4e50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d852cb89ce44b15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R279b86022c4943e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d7616e24f874c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d852cb89ce44b15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5903a52b1af44d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R279b86022c4943e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Renault</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,455</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,431</x:t>
-[...598 lines deleted...]
-          <x:t>0,539</x:t>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>