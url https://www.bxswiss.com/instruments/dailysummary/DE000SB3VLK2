--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bd2dd2b7c6b4e50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re49335f9f570440c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R279b86022c4943e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00e4c402f52443ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5903a52b1af44d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R279b86022c4943e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7a508dd4104a9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00e4c402f52443ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Renault</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,408</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>