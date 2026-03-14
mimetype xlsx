--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re49335f9f570440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radda88c0d8044bfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00e4c402f52443ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ab5821a4d643ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd7a508dd4104a9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00e4c402f52443ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70a51d4da66f4397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ab5821a4d643ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Renault</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,326</x:t>
-[...134 lines deleted...]
-          <x:t>0,316</x:t>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,291</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>0,374</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,292</x:t>
-[...26 lines deleted...]
-          <x:t>0,296</x:t>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>