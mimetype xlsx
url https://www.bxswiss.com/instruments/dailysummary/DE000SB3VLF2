--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b2fa254abab4bdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6041503e44e543ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R887ce67e816c49d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R761a29f95f2e4307"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf739afca8a454a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R887ce67e816c49d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b10faf7b29445b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R761a29f95f2e4307" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Nokia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,225 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,681</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,652</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,669</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,719</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...123 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,740</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>