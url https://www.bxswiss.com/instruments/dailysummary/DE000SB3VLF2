--- v1 (2025-10-24)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6041503e44e543ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra85ce46af3a64021" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R761a29f95f2e4307"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03acd6838e64b38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b10faf7b29445b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R761a29f95f2e4307" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a3b8b38fa57475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03acd6838e64b38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Nokia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>1,065</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...16 lines deleted...]
-          <x:t>1,200</x:t>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,185</x:t>
-[...151 lines deleted...]
-          <x:t>1,705</x:t>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,485</x:t>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>