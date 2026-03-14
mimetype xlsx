--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra85ce46af3a64021" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14a7a01267ed4d30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03acd6838e64b38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2da915c2944d4485"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a3b8b38fa57475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03acd6838e64b38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f1a579e3b7a4f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2da915c2944d4485" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Nokia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>1,825</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,935</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...440 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,360</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>