--- v0 (2025-10-27)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9058bbd12e43a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aa3e3f5d31c45d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9b586b74d474041"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05e45cd93b5248bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53ec41039c7e47fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9b586b74d474041" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667ae399da434f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05e45cd93b5248bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>29,480</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,260</x:t>
-[...38 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>31,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>40,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>