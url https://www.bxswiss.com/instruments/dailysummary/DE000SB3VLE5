--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aa3e3f5d31c45d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a478bfb814946ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05e45cd93b5248bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17bf9d911b4d4347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667ae399da434f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05e45cd93b5248bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R967e292be9df4868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17bf9d911b4d4347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>30,840</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...383 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,730</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>31,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,070</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>