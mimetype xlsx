--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a478bfb814946ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cc1c3f6047f4adb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17bf9d911b4d4347"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83f8e3fcac79448c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R967e292be9df4868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17bf9d911b4d4347" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc1b7eb16aa54acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83f8e3fcac79448c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>27,395</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,485</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>26,720</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>