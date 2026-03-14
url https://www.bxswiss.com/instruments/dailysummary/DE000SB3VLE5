--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cc1c3f6047f4adb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R296210b4a8a44734" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83f8e3fcac79448c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94a5bfe41c234dc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc1b7eb16aa54acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83f8e3fcac79448c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fb99e590a1d430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94a5bfe41c234dc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Koninklijke Ahold Delhaize</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>