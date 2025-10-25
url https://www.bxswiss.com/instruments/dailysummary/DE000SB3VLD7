--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f579f03fbcd4913" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2d58c898ab4bda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86429777fa294a12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91168965a39940cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc88d7a990d2d4c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86429777fa294a12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R455ab37b2daa4afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91168965a39940cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on K+S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,505</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,460</x:t>
-[...21 lines deleted...]
-          <x:t>1,360</x:t>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>1,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,490</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,470</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
-[...200 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,765</x:t>
-[...31 lines deleted...]
-          <x:t>1,665</x:t>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,760</x:t>
-        </x:is>
-[...160 lines deleted...]
-          <x:t>1,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>