--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2d58c898ab4bda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c75c4f3664a4fb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91168965a39940cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9072772c8da446a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R455ab37b2daa4afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91168965a39940cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec561b8c1f7485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9072772c8da446a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on K+S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,520</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,520</x:t>
-[...11 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,765</x:t>
-[...31 lines deleted...]
-          <x:t>1,665</x:t>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,775</x:t>
-[...43 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,565</x:t>
-[...134 lines deleted...]
-          <x:t>1,625</x:t>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,615</x:t>
-[...264 lines deleted...]
-          <x:t>1,375</x:t>
+          <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,760</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>