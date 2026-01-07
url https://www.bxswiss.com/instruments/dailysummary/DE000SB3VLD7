--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c75c4f3664a4fb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf54843344d7d4272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9072772c8da446a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf164a63fb7434159"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec561b8c1f7485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9072772c8da446a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R479f6033488f49e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf164a63fb7434159" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on K+S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,555</x:t>
-[...53 lines deleted...]
-          <x:t>1,600</x:t>
+          <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,565</x:t>
-[...119 lines deleted...]
-          <x:t>1,490</x:t>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>1,505</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>