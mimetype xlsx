--- v3 (2026-01-07)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf54843344d7d4272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3503dcb9c8e04f26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf164a63fb7434159"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2bd44d482b24e17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R479f6033488f49e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf164a63fb7434159" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6b66bb28eff43c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2bd44d482b24e17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on K+S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>2,045</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>