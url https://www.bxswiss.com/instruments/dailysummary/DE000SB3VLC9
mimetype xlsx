--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd63cde0f18e64b5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2df72d1959041b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05f17734425a4acd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7045babb247b447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b2384b1f57e465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05f17734425a4acd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6d2938ba2f748af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7045babb247b447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Jungheinrich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,311</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,310</x:t>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,332</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>0,314</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>