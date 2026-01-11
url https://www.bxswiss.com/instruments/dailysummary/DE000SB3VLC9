--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2df72d1959041b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6346d5b1140e4b9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7045babb247b447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdff83deccc9b4d16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6d2938ba2f748af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7045babb247b447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3be05736408b4dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdff83deccc9b4d16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Jungheinrich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>0,447</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,447</x:t>
-[...53 lines deleted...]
-          <x:t>0,444</x:t>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,474</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,515</x:t>
-[...16 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>0,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,502</x:t>
-[...117 lines deleted...]
-          <x:t>0,474</x:t>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>