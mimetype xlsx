--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6346d5b1140e4b9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc704f25917d64a00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdff83deccc9b4d16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f7f3913d12749ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3be05736408b4dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdff83deccc9b4d16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22c04f45a1ca4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f7f3913d12749ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Jungheinrich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,486</x:t>
-[...16 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,504</x:t>
-[...21 lines deleted...]
-          <x:t>0,501</x:t>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>0,492</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,507</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>0,582</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>