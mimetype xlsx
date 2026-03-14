--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc704f25917d64a00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60b6b9ba9ad4c6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f7f3913d12749ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce850d1bfff3417a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22c04f45a1ca4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f7f3913d12749ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89de3d22edef4f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce850d1bfff3417a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Jungheinrich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,509</x:t>
-[...139 lines deleted...]
-          <x:t>0,538</x:t>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...329 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,553</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,481</x:t>
-[...80 lines deleted...]
-          <x:t>0,567</x:t>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>