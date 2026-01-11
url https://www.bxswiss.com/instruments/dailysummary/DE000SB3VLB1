--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf92c0f85374de3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cf4dee97118467d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8df76622e834135"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10ba2577f034406f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ab7ee6041b84d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8df76622e834135" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2527dc4d73d44ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10ba2577f034406f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>290,945</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>