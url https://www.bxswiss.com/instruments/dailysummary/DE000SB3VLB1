--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cf4dee97118467d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b51063aa405417b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10ba2577f034406f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0d917ff0a084125"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2527dc4d73d44ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10ba2577f034406f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76a22c20d3ea4891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0d917ff0a084125" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>538,120</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>