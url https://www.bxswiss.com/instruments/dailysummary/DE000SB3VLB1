--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b51063aa405417b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dd9f401124b43c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0d917ff0a084125"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e4510b58c98402e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76a22c20d3ea4891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0d917ff0a084125" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6329ab1ab8c74224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e4510b58c98402e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ING</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VLB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>631,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>666,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>615,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>641,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>563,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>511,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>558,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>