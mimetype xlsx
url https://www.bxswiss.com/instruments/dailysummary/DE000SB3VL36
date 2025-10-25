--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d6c42990f14d15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194db22822d74fa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f3f9e26153a45f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R382044e365d64bea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb48d0996f54629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f3f9e26153a45f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3fea91174a34700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R382044e365d64bea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Anheuser-Busch InBev</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VL36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,451</x:t>
-[...630 lines deleted...]
-          <x:t>0,508</x:t>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>