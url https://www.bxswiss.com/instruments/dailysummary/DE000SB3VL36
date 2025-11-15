--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194db22822d74fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8517f89c0a6b4f5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R382044e365d64bea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reabf901e40d04e26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3fea91174a34700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R382044e365d64bea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93d413d4d014cef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reabf901e40d04e26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Anheuser-Busch InBev</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VL36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>13.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,484</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,429</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>