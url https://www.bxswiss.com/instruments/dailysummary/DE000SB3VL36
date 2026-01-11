--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8517f89c0a6b4f5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f372455a9f149b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reabf901e40d04e26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8fcfe4bc92d451e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93d413d4d014cef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reabf901e40d04e26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9c64f386cf64a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8fcfe4bc92d451e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Anheuser-Busch InBev</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VL36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,414</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>30.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,453</x:t>
-[...107 lines deleted...]
-          <x:t>0,381</x:t>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,364</x:t>
-[...6 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>0,326</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,328</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,320</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,336</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,346</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>