--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f372455a9f149b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2899dbe63fa4254" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8fcfe4bc92d451e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fcae253661a4109"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9c64f386cf64a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8fcfe4bc92d451e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4e8d67afcd9419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fcae253661a4109" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Anheuser-Busch InBev</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VL36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,287</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>