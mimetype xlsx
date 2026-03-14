--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2899dbe63fa4254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef18fbed5e44e67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fcae253661a4109"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R506da0e27cf34318"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4e8d67afcd9419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fcae253661a4109" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9de1a59bb5e34cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R506da0e27cf34318" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Anheuser-Busch InBev</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VL36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>0,193</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,170</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,171</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,164</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,164</x:t>
-[...247 lines deleted...]
-          <x:t>0,133</x:t>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>