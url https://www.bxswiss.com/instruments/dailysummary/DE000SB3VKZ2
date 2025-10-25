--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R604e4a9a639a4750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ebca731c394095" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d58cc1c20384107"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90b98f0154a543e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39dfa9c9978f4a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d58cc1c20384107" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b93fc2b9d6b483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90b98f0154a543e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Mercedes-Benz Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>21,710</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,910</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,995</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,455</x:t>
-[...414 lines deleted...]
-          <x:t>25,520</x:t>
+          <x:t>21,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>