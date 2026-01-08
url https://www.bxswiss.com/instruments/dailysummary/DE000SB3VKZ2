--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ebca731c394095" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c6b14cbaeb49bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90b98f0154a543e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d990328890e45ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b93fc2b9d6b483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90b98f0154a543e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9a290f46d724bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d990328890e45ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Mercedes-Benz Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>21,660</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>