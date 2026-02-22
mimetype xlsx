--- v2 (2026-01-08)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c6b14cbaeb49bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6829c7e9cc64648" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d990328890e45ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26b80f986111461c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9a290f46d724bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d990328890e45ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa6417408b4f4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26b80f986111461c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Mercedes-Benz Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>31,280</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>