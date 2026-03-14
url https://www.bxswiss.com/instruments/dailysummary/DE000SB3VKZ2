--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6829c7e9cc64648" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ce4f2a7878f40e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26b80f986111461c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b83fdfaaa4e4050"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa6417408b4f4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26b80f986111461c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0937324bc23a448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b83fdfaaa4e4050" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Mercedes-Benz Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>26,400</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>26,325</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,040</x:t>
-[...389 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>26,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,040</x:t>
-[...117 lines deleted...]
-          <x:t>27,045</x:t>
+          <x:t>24,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>