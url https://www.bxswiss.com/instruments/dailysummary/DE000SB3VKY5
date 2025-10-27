--- v0 (2025-10-05)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R506313be60894ef1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73ba2f694c404b41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec59c2d081f04af7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b7b7e79ef84eda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R446b5b0eff2e4140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec59c2d081f04af7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec0db35a66b42bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b7b7e79ef84eda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Continental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,302</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,297</x:t>
-[...26 lines deleted...]
-          <x:t>0,287</x:t>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,290</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,295</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,284</x:t>
-[...75 lines deleted...]
-          <x:t>0,275</x:t>
+          <x:t>0,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,276</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...343 lines deleted...]
-          <x:t>0,377</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>