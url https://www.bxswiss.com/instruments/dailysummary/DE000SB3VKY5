--- v1 (2025-10-27)
+++ v2 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73ba2f694c404b41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R649ad121ec954714" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b7b7e79ef84eda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5964ec18b1b04391"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec0db35a66b42bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b7b7e79ef84eda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd25248970f254651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5964ec18b1b04391" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Continental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,349</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,387</x:t>
         </x:is>
       </x:c>
@@ -737,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>