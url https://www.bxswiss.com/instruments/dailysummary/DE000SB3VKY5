--- v2 (2025-11-18)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R649ad121ec954714" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2700b674566e44d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5964ec18b1b04391"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa580486396541cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd25248970f254651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5964ec18b1b04391" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff2889b3bc844b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa580486396541cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Continental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,421</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,440</x:t>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,434</x:t>
-[...43 lines deleted...]
-          <x:t>0,481</x:t>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,481</x:t>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,504</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,505</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,497</x:t>
-[...102 lines deleted...]
-          <x:t>0,554</x:t>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,538</x:t>
-[...296 lines deleted...]
-          <x:t>0,449</x:t>
+          <x:t>0,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>