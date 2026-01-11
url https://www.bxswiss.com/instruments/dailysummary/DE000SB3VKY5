--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2700b674566e44d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9101829bd874ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa580486396541cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56a79629c1fb4160"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff2889b3bc844b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa580486396541cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7db15c497474436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56a79629c1fb4160" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Continental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,504</x:t>
-[...48 lines deleted...]
-          <x:t>0,489</x:t>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,477</x:t>
-[...232 lines deleted...]
-          <x:t>0,489</x:t>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,480</x:t>
-[...16 lines deleted...]
-          <x:t>0,514</x:t>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,547</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,559</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,537</x:t>
-[...16 lines deleted...]
-          <x:t>0,548</x:t>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,533</x:t>
-[...85 lines deleted...]
-          <x:t>0,548</x:t>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>