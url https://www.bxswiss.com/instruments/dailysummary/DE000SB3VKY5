--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9101829bd874ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf987c2e635a84cbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56a79629c1fb4160"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re650aced57da43fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7db15c497474436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56a79629c1fb4160" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree66b7ab95de49d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re650aced57da43fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Continental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,489</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,480</x:t>
-[...43 lines deleted...]
-          <x:t>0,542</x:t>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,557</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,548</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,533</x:t>
-[...313 lines deleted...]
-          <x:t>0,634</x:t>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,613</x:t>
-[...4 lines deleted...]
-          <x:t>0,632</x:t>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>