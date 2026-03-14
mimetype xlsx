--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf987c2e635a84cbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4331ebe8f48f46a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re650aced57da43fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43b5d2d019db4b0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree66b7ab95de49d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re650aced57da43fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4e7657370aa461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43b5d2d019db4b0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Continental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,391</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,457</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>0,725</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>