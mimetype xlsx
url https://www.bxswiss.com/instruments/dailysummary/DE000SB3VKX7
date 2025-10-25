--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e3a1de6d9c44da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0741a65578454826" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73c21913a51f4fab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab49febd007546cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0791d12c87d46a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73c21913a51f4fab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bfca0dd004f40b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab49febd007546cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>