--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0741a65578454826" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7381210f148c4c8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab49febd007546cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re47012b6545d4eda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bfca0dd004f40b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab49febd007546cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reda7237ab6e34550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re47012b6545d4eda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>