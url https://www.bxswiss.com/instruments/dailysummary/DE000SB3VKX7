--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7381210f148c4c8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e200c7de6e64858" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re47012b6545d4eda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd297ebad33044342"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reda7237ab6e34550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re47012b6545d4eda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bd174cc41254e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd297ebad33044342" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...252 lines deleted...]
-          <x:t>148,310</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,235</x:t>
-[...264 lines deleted...]
-          <x:t>181,500</x:t>
+          <x:t>148,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,945</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>196,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>