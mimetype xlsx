--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e200c7de6e64858" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24d8ce887c934bba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd297ebad33044342"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf327007769d94a8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bd174cc41254e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd297ebad33044342" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a95ee41d8a84a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf327007769d94a8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>