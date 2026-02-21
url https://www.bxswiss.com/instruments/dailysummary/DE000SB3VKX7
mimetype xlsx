--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24d8ce887c934bba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb407b3bb63924dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf327007769d94a8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R683e31f491a34f81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a95ee41d8a84a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf327007769d94a8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R909277a6e3324311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R683e31f491a34f81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>210,930</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>