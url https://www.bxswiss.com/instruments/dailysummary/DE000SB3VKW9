--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d1c17397a5a4ed7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17412bc6eaac4354" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re123677c44304976"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c60287992bb4842"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf55830c716ff4970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re123677c44304976" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca8f9bd0d7340fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c60287992bb4842" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BBVA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.105,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.149,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.061,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.134,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.175,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.231,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.167,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.191,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.062,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.022,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.246,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.339,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.255,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.339,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.255,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>