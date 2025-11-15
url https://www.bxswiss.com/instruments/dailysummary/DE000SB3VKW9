--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17412bc6eaac4354" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae5e683d4a4e41cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c60287992bb4842"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf272d18b305f40dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca8f9bd0d7340fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c60287992bb4842" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ae565d80914a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf272d18b305f40dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BBVA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>988,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.054,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>979,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.038,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.288,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.319,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.209,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.255,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.312,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.342,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.339,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.302,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.314,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.548,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.011,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.994,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.000,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.083,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.999,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.019,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>