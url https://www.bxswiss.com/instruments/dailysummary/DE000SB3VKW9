--- v2 (2025-11-15)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae5e683d4a4e41cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a57b4dbd9b3484f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf272d18b305f40dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10de899199234838"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ae565d80914a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf272d18b305f40dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4fa4105daa4535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10de899199234838" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BBVA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.795,105</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.737,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.811,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.537,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.776,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.855,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.041,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.817,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.030,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.034,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.034,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.832,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.835,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.880,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.029,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.859,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.984,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.087,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.210,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.018,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.195,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.086,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.088,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.807,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.822,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.904,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.081,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.729,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.790,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.844,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.097,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.844,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.004,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.906,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.326,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.881,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.297,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.413,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.520,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.258,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.278,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.382,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.471,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.195,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.311,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.746,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.847,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.177,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.194,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.114,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.411,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.227,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.373,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.396,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.260,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.380,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.377,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.498,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.295,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.374,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.428,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.441,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.118,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.220,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.266,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.328,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.998,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.046,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.978,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.086,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.922,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.050,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.038,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.044,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.053,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.926,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.969,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.025,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.982,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>