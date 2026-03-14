--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a57b4dbd9b3484f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2dfbfb930384cfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10de899199234838"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R891f34ee359b409a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4fa4105daa4535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10de899199234838" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5557ae7518f4c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R891f34ee359b409a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BBVA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.377,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.498,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.295,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.374,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.969,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.025,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.884,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.982,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.061,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.203,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.025,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.089,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.996,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.008,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.970,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.063,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.022,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.096,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.040,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.000,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.065,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.077,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.125,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.576,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.311,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.322,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>