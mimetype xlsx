--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe5c4a55d65a41b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ed6aa4b6fbd427e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c37e6594e164c14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re71dca3e250b45a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R605e2f5a4bf64fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c37e6594e164c14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14fc7794a3bd4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re71dca3e250b45a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Banco Santander</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>