--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ed6aa4b6fbd427e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fea497a3425438a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re71dca3e250b45a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd19ede1f93da47b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14fc7794a3bd4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re71dca3e250b45a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c331426a11249a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd19ede1f93da47b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Banco Santander</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>