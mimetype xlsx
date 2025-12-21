--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fea497a3425438a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f87a24b400e4f92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd19ede1f93da47b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31af36bec82b43bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c331426a11249a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd19ede1f93da47b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7eda19a46b43c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31af36bec82b43bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Banco Santander</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>426,485</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>