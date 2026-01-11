--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f87a24b400e4f92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231c8819805a4633" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31af36bec82b43bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce873a059e394d4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7eda19a46b43c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31af36bec82b43bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re75255243d154ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce873a059e394d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Banco Santander</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>456,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>451,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>545,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>558,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>525,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>551,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>