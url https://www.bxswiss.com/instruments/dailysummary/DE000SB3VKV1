--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231c8819805a4633" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae1ac34842db4913" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce873a059e394d4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47bc046086a04a41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re75255243d154ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce873a059e394d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606ffbd3e9cb41a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47bc046086a04a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Banco Santander</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>596,830</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>