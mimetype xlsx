--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae1ac34842db4913" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c7ca9ae6db64556" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47bc046086a04a41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a3b08af4309449a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606ffbd3e9cb41a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47bc046086a04a41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fecae37f17148a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a3b08af4309449a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Banco Santander</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>704,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>753,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>684,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>687,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>635,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>670,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>601,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>655,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>