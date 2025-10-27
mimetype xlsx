--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb96d9c4e45034c86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeed8f52b82c4aec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7a1193cb2084d33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b7c4b4de484dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racc184f437ca4a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7a1193cb2084d33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re029ac8b2c8649d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b7c4b4de484dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ASML Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>8,455</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,200</x:t>
-[...156 lines deleted...]
-          <x:t>8,380</x:t>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,570</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>10,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,140</x:t>
-[...4 lines deleted...]
-          <x:t>10,810</x:t>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>