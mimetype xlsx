--- v1 (2025-10-27)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeed8f52b82c4aec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81854c2a6982429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b7c4b4de484dcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R407aaf3113a447b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re029ac8b2c8649d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b7c4b4de484dcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3790c46337d4c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R407aaf3113a447b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ASML Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>10,950</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,710</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>10,850</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>