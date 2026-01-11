--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81854c2a6982429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d8431238b04cae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R407aaf3113a447b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d189870dffc4d19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3790c46337d4c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R407aaf3113a447b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rede00ed167054952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d189870dffc4d19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ASML Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>9,190</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,955</x:t>
-[...556 lines deleted...]
-          <x:t>8,870</x:t>
+          <x:t>9,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,780</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>9,930</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>