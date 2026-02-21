--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d8431238b04cae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971aacffe955489a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d189870dffc4d19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re92d0c2d48a649c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rede00ed167054952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d189870dffc4d19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1e5f103e2244e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re92d0c2d48a649c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ASML Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>19,030</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>