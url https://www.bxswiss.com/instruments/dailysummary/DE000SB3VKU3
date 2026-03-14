--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971aacffe955489a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd04de9e08c7464d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re92d0c2d48a649c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b9cf9cf46224381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1e5f103e2244e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re92d0c2d48a649c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R502aa4990e2545d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b9cf9cf46224381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ASML Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>21,140</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,805</x:t>
-[...576 lines deleted...]
-          <x:t>30,030</x:t>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>