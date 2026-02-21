--- v0 (2025-10-27)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e870bcc49c541d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref50196ff709494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R082816cefedd4c7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7bfdfce8a7e4070"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd16e05ce027148a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R082816cefedd4c7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77f94c8b2e544db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7bfdfce8a7e4070" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>34,725</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>