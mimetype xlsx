--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref50196ff709494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6436bfc94e884126" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7bfdfce8a7e4070"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb66656dd081b4e0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77f94c8b2e544db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7bfdfce8a7e4070" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdff2bb0ff2044dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb66656dd081b4e0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>