--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e8bd370a2954fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f3a795a493d4fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b8f72c20474440f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec1d21fe0d14b89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb87a6d2144534a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b8f72c20474440f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74387068da674b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec1d21fe0d14b89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Anheuser-Busch InBev</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,100</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>2,740</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>