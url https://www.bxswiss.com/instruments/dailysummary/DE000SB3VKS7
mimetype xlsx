--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f3a795a493d4fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb8829c532242aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec1d21fe0d14b89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef0e17e3c9049a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74387068da674b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec1d21fe0d14b89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d20cb1f5af54fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef0e17e3c9049a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Anheuser-Busch InBev</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>2,435</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...305 lines deleted...]
-          <x:t>2,785</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,785</x:t>
-[...43 lines deleted...]
-          <x:t>2,895</x:t>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,885</x:t>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>2,955</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>