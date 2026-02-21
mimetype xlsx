--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb8829c532242aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82878c95dab24c55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef0e17e3c9049a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11322898eab94d24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d20cb1f5af54fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef0e17e3c9049a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac9e2c0d8af4767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11322898eab94d24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Anheuser-Busch InBev</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>3,620</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>