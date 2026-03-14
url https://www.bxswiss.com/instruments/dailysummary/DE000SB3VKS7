--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82878c95dab24c55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca50031bbda4a51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11322898eab94d24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9516dbef7584205"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac9e2c0d8af4767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11322898eab94d24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb439ff62c87b4fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9516dbef7584205" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Anheuser-Busch InBev</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>6,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>