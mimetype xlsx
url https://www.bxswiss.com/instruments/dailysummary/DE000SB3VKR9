--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c126741e924baa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0567b73852744fcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a43116f2aed465d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09041d5521a1455e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R974e59274b9e4913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a43116f2aed465d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56906059da144540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09041d5521a1455e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Akzo Nobel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,866</x:t>
-[...16 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,870</x:t>
-[...576 lines deleted...]
-          <x:t>0,900</x:t>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>