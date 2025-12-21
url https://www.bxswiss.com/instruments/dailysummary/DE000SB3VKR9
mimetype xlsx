--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0567b73852744fcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dcd05ce1da14fe7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09041d5521a1455e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce7c6a8eb859426d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56906059da144540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09041d5521a1455e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23453dc2b71e4b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce7c6a8eb859426d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Akzo Nobel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,875</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>