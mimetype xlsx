--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dcd05ce1da14fe7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58ecf42f5f2d4336" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce7c6a8eb859426d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb88309b6fef84d9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23453dc2b71e4b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce7c6a8eb859426d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa23ee5a251a45e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb88309b6fef84d9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Akzo Nobel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,542</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,584</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,575</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>0,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,662</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>