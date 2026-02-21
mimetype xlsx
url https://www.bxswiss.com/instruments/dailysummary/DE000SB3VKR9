--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58ecf42f5f2d4336" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2fff472150847ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb88309b6fef84d9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R427153d71d0248a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa23ee5a251a45e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb88309b6fef84d9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb333c31eebe64332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R427153d71d0248a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Akzo Nobel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,618</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,612</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,691</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,681</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,664</x:t>
-[...151 lines deleted...]
-          <x:t>0,753</x:t>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,753</x:t>
-[...70 lines deleted...]
-          <x:t>0,756</x:t>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,713</x:t>
-[...16 lines deleted...]
-          <x:t>0,722</x:t>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,650</x:t>
-[...31 lines deleted...]
-          <x:t>0,774</x:t>
+          <x:t>0,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>