--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2fff472150847ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98757513a35d46b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R427153d71d0248a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1db0fc2f041a413a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb333c31eebe64332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R427153d71d0248a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf10f1b8121364f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1db0fc2f041a413a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Akzo Nobel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,702</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,816</x:t>
-[...4 lines deleted...]
-          <x:t>0,758</x:t>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,782</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,755</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,737</x:t>
-[...60 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,726</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>0,748</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>