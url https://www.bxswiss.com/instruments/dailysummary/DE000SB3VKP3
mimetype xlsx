--- v0 (2025-10-04)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8701ba7ef26e4cec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae7a7149360f4e09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d96a7ea6f6a4819"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70e3227e66f44153"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b753ff4f1f44a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d96a7ea6f6a4819" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9589c4e53bef4b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70e3227e66f44153" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>74,725</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>