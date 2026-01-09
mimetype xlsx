--- v1 (2026-01-09)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae7a7149360f4e09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20b3f31cdee842e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70e3227e66f44153"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9353f0f0c3a40fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9589c4e53bef4b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70e3227e66f44153" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbc4b033eac34cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9353f0f0c3a40fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>