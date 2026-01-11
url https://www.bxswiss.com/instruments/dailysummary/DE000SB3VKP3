--- v2 (2026-01-09)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20b3f31cdee842e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e704c8e9b548fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9353f0f0c3a40fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30bf7e13546b49c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbc4b033eac34cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9353f0f0c3a40fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b487286e8854116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30bf7e13546b49c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>