--- v3 (2026-01-11)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e704c8e9b548fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86ae5a39bae14989" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30bf7e13546b49c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda79134ecba546b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b487286e8854116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30bf7e13546b49c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f9e8a2a34f14231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda79134ecba546b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>