--- v4 (2026-02-01)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86ae5a39bae14989" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf413d175834b420a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda79134ecba546b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R255756e29af24eaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f9e8a2a34f14231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda79134ecba546b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13de366a7a9f4f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R255756e29af24eaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>