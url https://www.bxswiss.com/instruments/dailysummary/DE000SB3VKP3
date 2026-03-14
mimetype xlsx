--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf413d175834b420a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3415e861c8c94785" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R255756e29af24eaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2605e618bb64072"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13de366a7a9f4f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R255756e29af24eaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R994026be6ba04fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2605e618bb64072" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>