--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac1be73b663644d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca27c68051614982" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c01998cc0204762"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b8430374b4d43c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ef36482bd3468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c01998cc0204762" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re77ada4ac9b54f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b8430374b4d43c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Aegon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>