--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca27c68051614982" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a11e0437a94563" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b8430374b4d43c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7d9021ad124c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re77ada4ac9b54f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b8430374b4d43c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea4d85f9ba754194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7d9021ad124c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Aegon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>63,995</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,580</x:t>
-        </x:is>
-[...489 lines deleted...]
-          <x:t>47,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>