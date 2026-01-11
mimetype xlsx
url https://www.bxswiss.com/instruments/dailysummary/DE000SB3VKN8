--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a11e0437a94563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48242f1ce51d4b73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7d9021ad124c66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bcca8f1c49e42e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea4d85f9ba754194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7d9021ad124c66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb046a23afb64af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bcca8f1c49e42e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Aegon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...539 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>61,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>