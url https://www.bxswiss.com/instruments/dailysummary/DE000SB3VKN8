--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48242f1ce51d4b73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b77a3e9145043ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bcca8f1c49e42e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad3125c74459431e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb046a23afb64af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bcca8f1c49e42e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3ab83194494d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad3125c74459431e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Aegon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>37,300</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,890</x:t>
-[...225 lines deleted...]
-          <x:t>44,900</x:t>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>