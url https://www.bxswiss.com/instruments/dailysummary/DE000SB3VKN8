--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b77a3e9145043ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c2c52b21a59465a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad3125c74459431e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9018dcaef3984c9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3ab83194494d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad3125c74459431e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf50ca7a919cc46f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9018dcaef3984c9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Aegon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>40,990</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...177 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,180</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>