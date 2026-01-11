--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f343ef7e5a94196" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd09850543b2144f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb40de05e7633439a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbec0810ab004b31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98a0306a636a4c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb40de05e7633439a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rded2082c6c6945be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbec0810ab004b31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Accor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>10,255</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>