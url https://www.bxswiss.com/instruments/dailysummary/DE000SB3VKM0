--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd09850543b2144f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99fcd05059cf4584" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbec0810ab004b31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e5888c5dd0f469b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rded2082c6c6945be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbec0810ab004b31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00f3ec11d72a469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e5888c5dd0f469b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Accor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>12,265</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,150</x:t>
-[...16 lines deleted...]
-          <x:t>12,635</x:t>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,760</x:t>
-[...107 lines deleted...]
-          <x:t>12,165</x:t>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>