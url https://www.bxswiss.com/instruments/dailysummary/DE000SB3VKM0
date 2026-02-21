--- v2 (2026-02-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99fcd05059cf4584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618472210797459c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e5888c5dd0f469b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35f71e658abf457f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00f3ec11d72a469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e5888c5dd0f469b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79f19ff7fe2042b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35f71e658abf457f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Accor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>