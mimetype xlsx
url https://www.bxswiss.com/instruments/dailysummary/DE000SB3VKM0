--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618472210797459c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6206b7c30d0d4335" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35f71e658abf457f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f0bd09599e4f95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79f19ff7fe2042b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35f71e658abf457f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d158d97b5504e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f0bd09599e4f95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Accor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VKM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,730</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>