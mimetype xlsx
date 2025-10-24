--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R098fa3157ad54074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8df713cdf224e0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2a996cb59da4c40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda9db31a11d2443c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89bbd1d7a3364056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2a996cb59da4c40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R128042e9ff8f4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda9db31a11d2443c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Hochtief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>