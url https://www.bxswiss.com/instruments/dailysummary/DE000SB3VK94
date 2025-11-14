--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8df713cdf224e0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a965537cc824f9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda9db31a11d2443c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R753038f34878413b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R128042e9ff8f4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda9db31a11d2443c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c611e8b7df64df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R753038f34878413b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Hochtief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>