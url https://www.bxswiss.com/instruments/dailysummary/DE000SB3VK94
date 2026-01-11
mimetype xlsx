--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a965537cc824f9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdab827c3023f4717" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R753038f34878413b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9c00d8ba25a4aed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c611e8b7df64df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R753038f34878413b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e826b0b45e4891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9c00d8ba25a4aed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Hochtief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>282,205</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>