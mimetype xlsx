--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdab827c3023f4717" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2859fe164aa6441d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9c00d8ba25a4aed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66e3849d11343be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e826b0b45e4891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9c00d8ba25a4aed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb161fc842b1a41ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66e3849d11343be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Hochtief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>550,210</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>