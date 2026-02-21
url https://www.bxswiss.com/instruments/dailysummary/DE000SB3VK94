--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2859fe164aa6441d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59646e46d3164cde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66e3849d11343be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43441b00c2644487"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb161fc842b1a41ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66e3849d11343be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f607b20e0254cba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43441b00c2644487" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Hochtief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>505,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>536,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>523,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>