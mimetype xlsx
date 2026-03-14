--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59646e46d3164cde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d5be49ff81044ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43441b00c2644487"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R969ed6c75dee4729"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f607b20e0254cba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43441b00c2644487" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71c89f621e614324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R969ed6c75dee4729" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Hochtief</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>602,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>610,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>508,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>528,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>714,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>851,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>714,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>811,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>