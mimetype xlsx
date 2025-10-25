--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R025da618d8a14739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93ab953451784399" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R537593fe265741ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aa6d6e004fd4ae1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48d5da0ac7a348a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R537593fe265741ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R371e4b4e3afb48e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aa6d6e004fd4ae1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>30,315</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,695</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>32,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,895</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>