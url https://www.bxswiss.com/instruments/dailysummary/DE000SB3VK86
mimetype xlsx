--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93ab953451784399" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71942acc301a4274" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aa6d6e004fd4ae1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf34c60eec14048ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R371e4b4e3afb48e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aa6d6e004fd4ae1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ffa82f74afe4f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf34c60eec14048ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>32,895</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,895</x:t>
-[...38 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,430</x:t>
-[...495 lines deleted...]
-          <x:t>34,545</x:t>
+          <x:t>37,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>