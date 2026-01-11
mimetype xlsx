--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71942acc301a4274" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R370e2b595d944104" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf34c60eec14048ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae4d0c945270405c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ffa82f74afe4f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf34c60eec14048ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R999b77b951e04d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae4d0c945270405c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>34,020</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...334 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>