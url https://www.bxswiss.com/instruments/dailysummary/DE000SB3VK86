--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R370e2b595d944104" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c8c817dff324ac4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae4d0c945270405c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbef1f19006f74455"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R999b77b951e04d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae4d0c945270405c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R728f8e98091544e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbef1f19006f74455" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>28,245</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>