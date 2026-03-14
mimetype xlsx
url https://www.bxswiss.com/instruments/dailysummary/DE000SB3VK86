--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c8c817dff324ac4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7490b444794b8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbef1f19006f74455"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b427edbf2ab4d74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R728f8e98091544e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbef1f19006f74455" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf82c98d80fe444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b427edbf2ab4d74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>26,830</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,990</x:t>
-[...11 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>28,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,960</x:t>
-[...225 lines deleted...]
-          <x:t>28,170</x:t>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>