--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e51b7d28af54d08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bf6c229aa134de1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc87370ddd34e5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59ea8ffadc384baf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1196d241b3e24308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc87370ddd34e5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73094d854d894d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59ea8ffadc384baf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Freenet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>