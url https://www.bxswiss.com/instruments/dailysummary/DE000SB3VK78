--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bf6c229aa134de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R508af6e5be8443b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59ea8ffadc384baf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7406528acb9d423b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73094d854d894d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59ea8ffadc384baf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0bfc913aa2f4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7406528acb9d423b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Freenet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>49,325</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>53,520</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,915</x:t>
-[...58 lines deleted...]
-          <x:t>51,000</x:t>
+          <x:t>55,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>