--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R508af6e5be8443b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67ecb090a52546f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7406528acb9d423b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59145bce0b254552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0bfc913aa2f4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7406528acb9d423b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R095e183bbef843e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59145bce0b254552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Freenet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...576 lines deleted...]
-          <x:t>55,970</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,785</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>54,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>