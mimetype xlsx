--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67ecb090a52546f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R436deb8c9a1f4e75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59145bce0b254552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R333a92885f1a4e60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R095e183bbef843e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59145bce0b254552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c808940a13a401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R333a92885f1a4e60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Freenet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>