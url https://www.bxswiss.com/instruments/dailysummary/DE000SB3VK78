--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R436deb8c9a1f4e75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b680b7c8784cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R333a92885f1a4e60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9719918aa59d4d20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c808940a13a401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R333a92885f1a4e60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R673b44a117f14846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9719918aa59d4d20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Freenet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>