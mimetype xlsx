--- v5 (2026-01-11)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b680b7c8784cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c2b0e8231924dc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9719918aa59d4d20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff5710580eec440d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R673b44a117f14846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9719918aa59d4d20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb92dbf6ff0604736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff5710580eec440d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Freenet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>65,355</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>