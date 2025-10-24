--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8324e489178e45b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86e20446c6c64789" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc56794d11a024e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf89a53cd485d4e62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R533c09c8bd4445a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc56794d11a024e55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bd76a750b34141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf89a53cd485d4e62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Fielmann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>1,250</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,120</x:t>
+          <x:t>1,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...30 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>