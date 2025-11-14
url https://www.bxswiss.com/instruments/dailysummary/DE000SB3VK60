--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86e20446c6c64789" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbecc740037c94850" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf89a53cd485d4e62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea147e0f5d8143d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9bd76a750b34141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf89a53cd485d4e62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1c0ddc1653d4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea147e0f5d8143d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Fielmann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,909</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,905</x:t>
-[...70 lines deleted...]
-          <x:t>0,918</x:t>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,884</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,890</x:t>
-[...188 lines deleted...]
-          <x:t>0,862</x:t>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>