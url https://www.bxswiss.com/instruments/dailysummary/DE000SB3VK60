--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbecc740037c94850" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aaac06a755c4e46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea147e0f5d8143d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R995092e775944357"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1c0ddc1653d4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea147e0f5d8143d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R513f402fb4b5409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R995092e775944357" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Fielmann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...549 lines deleted...]
-          <x:t>0,562</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,542</x:t>
-[...16 lines deleted...]
-          <x:t>0,543</x:t>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,511</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,520</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>