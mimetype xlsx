--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aaac06a755c4e46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R274de73855bf4dea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R995092e775944357"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10afa60ba5fb4af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R513f402fb4b5409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R995092e775944357" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f1f31416b1644ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10afa60ba5fb4af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Fielmann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,478</x:t>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,474</x:t>
-[...6 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,460</x:t>
-[...571 lines deleted...]
-          <x:t>0,482</x:t>
+          <x:t>0,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>