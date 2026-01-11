--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R274de73855bf4dea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf88739110e1a492b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10afa60ba5fb4af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8afdd54b1714238"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f1f31416b1644ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10afa60ba5fb4af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ea98463444f4343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8afdd54b1714238" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Fielmann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>