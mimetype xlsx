--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf88739110e1a492b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f6f431dc22d4762" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8afdd54b1714238"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03dd8ac9b6af4a18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ea98463444f4343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8afdd54b1714238" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3c9515e84640ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03dd8ac9b6af4a18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Fielmann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,448</x:t>
-[...70 lines deleted...]
-          <x:t>0,471</x:t>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,462</x:t>
-[...75 lines deleted...]
-          <x:t>0,551</x:t>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,534</x:t>
-[...53 lines deleted...]
-          <x:t>0,499</x:t>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>