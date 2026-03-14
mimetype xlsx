--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f6f431dc22d4762" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R126c3d5f8fd4487b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03dd8ac9b6af4a18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ec290763304859"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3c9515e84640ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03dd8ac9b6af4a18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R446fc2b51d0c49eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ec290763304859" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Fielmann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>0,353</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,349</x:t>
-[...161 lines deleted...]
-          <x:t>0,356</x:t>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,379</x:t>
-        </x:is>
-[...403 lines deleted...]
-          <x:t>0,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>