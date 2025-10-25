--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ee713c196e44a01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c363e2ee7d24352" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab48f6f516524d0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b132c82fca24b4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf60186e793f944e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab48f6f516524d0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0d8b15e83014342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b132c82fca24b4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Evonik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>