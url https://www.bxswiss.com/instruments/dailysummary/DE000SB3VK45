--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c363e2ee7d24352" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9028bf54041493b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b132c82fca24b4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf362a64a835b4480"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0d8b15e83014342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b132c82fca24b4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d7e4971619b4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf362a64a835b4480" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Evonik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,816</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>