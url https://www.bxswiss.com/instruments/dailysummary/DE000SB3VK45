--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9028bf54041493b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R607927f8361b445e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf362a64a835b4480"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4487ae9b4bb941ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d7e4971619b4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf362a64a835b4480" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44c85c0d46bc4379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4487ae9b4bb941ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Evonik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,444</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,505</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,456</x:t>
-        </x:is>
-[...570 lines deleted...]
-          <x:t>0,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>