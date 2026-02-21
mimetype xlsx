--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R607927f8361b445e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R946c076e4c6d4810" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4487ae9b4bb941ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca43e65ae6f24900"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44c85c0d46bc4379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4487ae9b4bb941ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97da4ce876704a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca43e65ae6f24900" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Evonik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,464</x:t>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,462</x:t>
-[...97 lines deleted...]
-          <x:t>0,471</x:t>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,466</x:t>
-[...173 lines deleted...]
-          <x:t>0,502</x:t>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,450</x:t>
-[...112 lines deleted...]
-          <x:t>0,456</x:t>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>