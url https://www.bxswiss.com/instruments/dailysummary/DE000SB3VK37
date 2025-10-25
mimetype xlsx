--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50e6114190494a02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35cbc03abcc945c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R206576d7f7ab484d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce9b428f7c514cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R208603777cf247e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R206576d7f7ab484d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ef75dfd12af4f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce9b428f7c514cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>70,295</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>70,985</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>