--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35cbc03abcc945c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dfc2d4b52df484b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce9b428f7c514cff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e8049704594158"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ef75dfd12af4f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce9b428f7c514cff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b3d6bf23cb4ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e8049704594158" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>88,170</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>