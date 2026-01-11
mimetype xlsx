--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dfc2d4b52df484b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc968eed247eb4cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e8049704594158"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eb1fd3bec074115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b3d6bf23cb4ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e8049704594158" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd5d44ec4c242aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eb1fd3bec074115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>