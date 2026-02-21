--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc968eed247eb4cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa624b734ca4f40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eb1fd3bec074115"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02bf3b899fa84d91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd5d44ec4c242aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eb1fd3bec074115" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re66b73ec9b3b416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02bf3b899fa84d91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>107,255</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,060</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>91,560</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>