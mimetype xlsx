--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3fbba728cc9420e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69aaab43301047d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d68251357ac4984"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8898250f9f6e431a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36b20ef31bf34972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d68251357ac4984" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55278217d8b84c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8898250f9f6e431a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Post</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,505</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,475</x:t>
-[...119 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,610</x:t>
-[...26 lines deleted...]
-          <x:t>5,585</x:t>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,275</x:t>
-[...458 lines deleted...]
-          <x:t>5,140</x:t>
+          <x:t>5,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>