--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69aaab43301047d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0ae229945aa49a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8898250f9f6e431a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R612c712cf327496c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55278217d8b84c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8898250f9f6e431a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9227cb1d54a44934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R612c712cf327496c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Post</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>4,655</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,575</x:t>
-[...161 lines deleted...]
-          <x:t>5,055</x:t>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>5,125</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...337 lines deleted...]
-          <x:t>5,480</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,290</x:t>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>