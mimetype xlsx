--- v2 (2025-11-13)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0ae229945aa49a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R833121d7c0f145bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R612c712cf327496c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e1e14d9b95c41a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9227cb1d54a44934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R612c712cf327496c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f750a49b1d0410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e1e14d9b95c41a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Post</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...485 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,675</x:t>
-[...102 lines deleted...]
-          <x:t>8,690</x:t>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,675</x:t>
-[...4 lines deleted...]
-          <x:t>8,835</x:t>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>