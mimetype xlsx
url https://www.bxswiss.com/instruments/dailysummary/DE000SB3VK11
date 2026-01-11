--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R833121d7c0f145bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c5686a2806442e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e1e14d9b95c41a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra721d62f804844a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f750a49b1d0410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e1e14d9b95c41a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9243c57365d4a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra721d62f804844a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Post</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>