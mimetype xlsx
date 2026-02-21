--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c5686a2806442e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raab147aed83f48b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra721d62f804844a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f7e0a95e5c9467f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9243c57365d4a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra721d62f804844a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ce38b6fdfbd4844" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f7e0a95e5c9467f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Post</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SB3VK11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>9,120</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>10,060</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,010</x:t>
-[...355 lines deleted...]
-          <x:t>10,920</x:t>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>